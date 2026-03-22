--- v0 (2025-12-06)
+++ v1 (2026-03-22)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -42,182 +43,129 @@
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFD966" w:themeFill="accent4" w:themeFillTint="99"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9076"/>
       </w:tblGrid>
       <w:tr w:rsidR="0002739F" w:rsidRPr="00474761" w14:paraId="74BDE23F" w14:textId="77777777" w:rsidTr="00AA227C">
         <w:trPr>
           <w:trHeight w:val="1413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9076" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="582A2D9F" w14:textId="40C5EA46" w:rsidR="0021507C" w:rsidRPr="000976B4" w:rsidRDefault="0066052E" w:rsidP="00474761">
+          <w:p w14:paraId="582A2D9F" w14:textId="586CB81F" w:rsidR="0021507C" w:rsidRPr="000976B4" w:rsidRDefault="0066052E" w:rsidP="00474761">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4378"/>
                 <w:tab w:val="right" w:pos="8397"/>
                 <w:tab w:val="right" w:pos="8860"/>
               </w:tabs>
               <w:bidi w:val="0"/>
               <w:spacing w:before="240" w:afterAutospacing="0"/>
               <w:ind w:left="-103" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="ADLaM Display" w:hAnsi="ADLaM Display" w:cs="ADLaM Display"/>
                 <w:noProof/>
                 <w:color w:val="0000FF"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000976B4">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:noProof/>
                 <w:color w:val="002060"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251701248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CC4C384" wp14:editId="29BB6E41">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251701248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CC4C384" wp14:editId="189F44CB">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
-                    <wp:posOffset>65405</wp:posOffset>
+                    <wp:posOffset>-163195</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
-                    <wp:posOffset>223520</wp:posOffset>
+                    <wp:posOffset>-5080</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="728980" cy="652780"/>
+                  <wp:extent cx="1152525" cy="1091329"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1078133097" name="Picture 1" descr="A blue symbol with white text&#10;&#10;Description automatically generated"/>
+                  <wp:docPr id="1078133097" name="Picture 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1078133097" name="Picture 1" descr="A blue symbol with white text&#10;&#10;Description automatically generated"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8" cstate="print">
+                            <a:clrChange>
+                              <a:clrFrom>
+                                <a:srgbClr val="FEFFFF"/>
+                              </a:clrFrom>
+                              <a:clrTo>
+                                <a:srgbClr val="FEFFFF">
+                                  <a:alpha val="0"/>
+                                </a:srgbClr>
+                              </a:clrTo>
+                            </a:clrChange>
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="728980" cy="652780"/>
-[...62 lines deleted...]
-                            <a:ext cx="397329" cy="433163"/>
+                            <a:ext cx="1152525" cy="1091329"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="000976B4" w:rsidRPr="000976B4">
               <w:rPr>
                 <w:rFonts w:ascii="ADLaM Display" w:hAnsi="ADLaM Display" w:cs="ADLaM Display"/>
                 <w:noProof/>
                 <w:color w:val="0000FF"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -240,168 +188,108 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:noProof/>
                 <w:color w:val="002060"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:noProof/>
                 <w:color w:val="002060"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="756A8CDA" w14:textId="6A8A5A36" w:rsidR="006E0733" w:rsidRDefault="00F300DE" w:rsidP="00AA227C">
+          <w:p w14:paraId="756A8CDA" w14:textId="5DE06795" w:rsidR="006E0733" w:rsidRDefault="00AD06B5" w:rsidP="00AA227C">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2850"/>
                 <w:tab w:val="center" w:pos="4378"/>
                 <w:tab w:val="right" w:pos="8397"/>
               </w:tabs>
               <w:bidi w:val="0"/>
               <w:spacing w:afterAutospacing="0"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:noProof/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...59 lines deleted...]
-            <w:r w:rsidR="00AD06B5" w:rsidRPr="00AA227C">
+            <w:r w:rsidRPr="00AA227C">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:noProof/>
                 <w:color w:val="0000FF"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>Journal Homepage</w:t>
             </w:r>
-            <w:r w:rsidR="00AD06B5" w:rsidRPr="00C77F1E">
+            <w:r w:rsidRPr="00C77F1E">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="002060"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="000976B4">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:noProof/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidR="000976B4" w:rsidRPr="00474761">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                   <w:noProof/>
                   <w:color w:val="FF0000"/>
                   <w:spacing w:val="-6"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="none"/>
                   <w:lang w:bidi="fa-IR"/>
                 </w:rPr>
                 <w:t>https://www.ijci.zu.edu.eg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="000976B4">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:noProof/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -604,102 +492,102 @@
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
             <w:r w:rsidR="00813E9C" w:rsidRPr="0066052E">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidR="00D40EB3" w:rsidRPr="0066052E">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E71F5" w:rsidRPr="00D14B7A" w14:paraId="380CC513" w14:textId="77777777" w:rsidTr="00826A77">
         <w:trPr>
           <w:trHeight w:val="1235"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9076" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31B20849" w14:textId="42AB70A9" w:rsidR="0080155B" w:rsidRPr="00DD1100" w:rsidRDefault="0002739F" w:rsidP="0080155B">
             <w:pPr>
               <w:pStyle w:val="Articletitle"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108" w:firstLine="0"/>
               <w:suppressOverlap w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="808000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
                   <w14:prstDash w14:val="solid"/>
                   <w14:round/>
                 </w14:textOutline>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD1100">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="808000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
                   <w14:prstDash w14:val="solid"/>
                   <w14:round/>
                 </w14:textOutline>
               </w:rPr>
               <w:t>Paper Type: Original Article</w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w14:paraId="3E1EA0D4" w14:textId="54C217B5" w:rsidR="00B948C8" w:rsidRPr="00DD1100" w:rsidRDefault="00DD7116" w:rsidP="00DD1100">
             <w:pPr>
               <w:pStyle w:val="Articletitle"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
               <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-108" w:firstLine="0"/>
               <w:suppressOverlap w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD1100">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
               </w:rPr>
               <w:t>Paper Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -834,51 +722,51 @@
             </w:r>
             <w:r w:rsidRPr="00D14B7A">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="28625EE6" wp14:editId="60DF5320">
                   <wp:extent cx="167640" cy="167640"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="3810"/>
                   <wp:docPr id="7" name="Picture 7"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="7" name="orcid.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId12" cstate="print">
+                          <a:blip r:embed="rId10" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="167640" cy="167640"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
@@ -950,51 +838,51 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00C65E12" w:rsidRPr="00D14B7A">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="373DF0DB" wp14:editId="5E4DDA7F">
                   <wp:extent cx="167640" cy="167640"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="3810"/>
                   <wp:docPr id="2" name="Picture 2"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="7" name="orcid.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId12" cstate="print">
+                          <a:blip r:embed="rId10" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="167640" cy="167640"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
@@ -1878,51 +1766,51 @@
             <wp:extent cx="3867150" cy="1765924"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21445"/>
                 <wp:lineTo x="21494" y="21445"/>
                 <wp:lineTo x="21494" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="26" name="Picture 26"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 295"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13">
+                    <a:blip r:embed="rId11">
                       <a:lum contrast="20000"/>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3867150" cy="1765924"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
@@ -2487,53 +2375,53 @@
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:position w:val="-60"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:object w:dxaOrig="3480" w:dyaOrig="1320" w14:anchorId="38878C5A">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:174pt;height:66pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:ole="">
-                  <v:imagedata r:id="rId14" o:title=""/>
+                  <v:imagedata r:id="rId12" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1790352907" r:id="rId15"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1834688138" r:id="rId13"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="434E39D1" w14:textId="77777777" w:rsidR="004A5A5D" w:rsidRPr="00E20A2C" w:rsidRDefault="004A5A5D" w:rsidP="004A5A5D">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Adobe Garamond Pro"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E20A2C">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Adobe Garamond Pro"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="24"/>
@@ -2542,53 +2430,53 @@
               <w:t>(1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="628EA9E2" w14:textId="77777777" w:rsidR="00CC23FD" w:rsidRPr="00D14B7A" w:rsidRDefault="00FC1F0A" w:rsidP="003D43AD">
       <w:pPr>
         <w:pStyle w:val="BODY0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve">Where </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="707AD7F3" w14:textId="4C57E48B" w:rsidR="00FC1F0A" w:rsidRPr="00D14B7A" w:rsidRDefault="00AB10AC" w:rsidP="003D43AD">
       <w:pPr>
         <w:pStyle w:val="BODY0"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC3180">
         <w:rPr>
           <w:noProof/>
           <w:position w:val="-8"/>
         </w:rPr>
         <w:object w:dxaOrig="1260" w:dyaOrig="260" w14:anchorId="2F38B3EA">
           <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="" style="width:63pt;height:14.25pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:ole="">
-            <v:imagedata r:id="rId16" o:title=""/>
+            <v:imagedata r:id="rId14" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1790352908" r:id="rId17"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1834688139" r:id="rId15"/>
         </w:object>
       </w:r>
       <w:r w:rsidR="00FC1F0A" w:rsidRPr="00D14B7A">
         <w:t>, and b is a number greater than 1.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33BB6796" w14:textId="563FC147" w:rsidR="00FC1F0A" w:rsidRPr="00D14B7A" w:rsidRDefault="00FC1F0A" w:rsidP="001812AF">
       <w:pPr>
         <w:pStyle w:val="BODY0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve">Be sure that the symbols in your equation have been defined before the equation appears or immediately following. Each equation </w:t>
       </w:r>
       <w:r w:rsidR="001812AF" w:rsidRPr="00D14B7A">
         <w:t>should</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve"> be written by </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C40F9F" w:rsidRPr="00D14B7A">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>MathType</w:t>
@@ -2659,51 +2547,51 @@
           <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Author Contribut</w:t>
       </w:r>
       <w:r w:rsidR="008072E9" w:rsidRPr="00DD1100">
         <w:rPr>
           <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A64C846" w14:textId="5B167985" w:rsidR="002438D9" w:rsidRPr="00D14B7A" w:rsidRDefault="008072E9" w:rsidP="00674526">
       <w:pPr>
         <w:pStyle w:val="BODY0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D14B7A">
         <w:t>For research articles with multiple authors, provide a short paragraph that identifies each contribution. The following statements should be used: "Conceptualization, X.X. and Y.Y.; Methodology, X.X.; Software, X.X.; Validation, X.X., Y.Y. and Z.Z.; formal analysis, X.X.; investigation, X.X.; resources, X.X.; data maintenance, X.X.; writing-creating the initial design, X.X.; writing-reviewing and editing, X.X.; visualization, X.X.; monitoring, X.X.; project management, X.X.; funding procurement, Y.Y. All authors have read and agreed to the published version of the manuscript. Authorship must be limited to those who have made a significant contribution to the work reported.</w:t>
       </w:r>
       <w:r w:rsidR="002438D9" w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve"> All terms were described in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="002438D9" w:rsidRPr="00D14B7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>C</w:t>
         </w:r>
         <w:r w:rsidR="00674526" w:rsidRPr="00D14B7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>T</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002438D9" w:rsidRPr="00D14B7A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002438D9" w:rsidRPr="00D14B7A">
@@ -2750,51 +2638,51 @@
         <w:rPr>
           <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD1100">
         <w:rPr>
           <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Data Availability</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CB40461" w14:textId="5F986DE7" w:rsidR="008072E9" w:rsidRPr="00D14B7A" w:rsidRDefault="008072E9" w:rsidP="008072E9">
       <w:pPr>
         <w:pStyle w:val="BODY0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve">We encourage all authors to make their research data available. Please indicate where the data supporting the reported findings can be found, including links to publicly archived datasets that were analyzed or generated during the study. If no new data were generated or if data are not available due to privacy or ethical restrictions, an explanation is still required. </w:t>
       </w:r>
       <w:r w:rsidR="00363F15" w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve">The suggested Data Availability Statements were collected in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00363F15" w:rsidRPr="00D14B7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>DAS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00363F15" w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve"> file.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="351CEAFD" w14:textId="39489AF1" w:rsidR="007B10DE" w:rsidRPr="00DD1100" w:rsidRDefault="00AB7093" w:rsidP="00F10389">
       <w:pPr>
         <w:pStyle w:val="HEADING11"/>
         <w:ind w:firstLine="142"/>
         <w:rPr>
           <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD1100">
         <w:rPr>
@@ -2802,51 +2690,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Conflicts of Interest</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B1D2F9D" w14:textId="07E7B303" w:rsidR="00747624" w:rsidRPr="00D14B7A" w:rsidRDefault="00747624" w:rsidP="00546368">
       <w:pPr>
         <w:pStyle w:val="BODY0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D14B7A">
         <w:t>The authors declare no conflict of interest. Authors must declare any personal circumstances or interests that could be considered to have an inappropriate influence on the presentation or interpretation of the reported research findings. Any role of funders in the design of the study, in the collection, analysis, or interpretation of the data, in the writing of the manuscript, or in the decision to publish the results must be disclosed in this section. If this is not the case, please indicate "Funders played no role in the design of the study, in the collection, analysis, or interpretation of the data, in the writing of the manuscript, or in the decision to publish the results."</w:t>
       </w:r>
       <w:r w:rsidR="00363F15" w:rsidRPr="00D14B7A">
         <w:rPr>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00363F15" w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve"> You can see more details in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00674526" w:rsidRPr="00D14B7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>CID</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00363F15" w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve"> file.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D8EEE18" w14:textId="57614EE9" w:rsidR="00FC1F0A" w:rsidRPr="00DD1100" w:rsidRDefault="00FC1F0A" w:rsidP="00F10389">
       <w:pPr>
         <w:pStyle w:val="HEADING11"/>
         <w:ind w:firstLine="142"/>
         <w:rPr>
           <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD1100">
         <w:rPr>
           <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
           <w:szCs w:val="32"/>
@@ -2986,51 +2874,51 @@
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>ElGawady</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FC1F0A" w:rsidRPr="00D14B7A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">, M. A., &amp; Mills, J. E. (2016). Static cyclic behavior of FRP-confined crumb rubber concrete columns. </w:t>
       </w:r>
       <w:r w:rsidR="00FC1F0A" w:rsidRPr="00D14B7A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Engineering structures, 113</w:t>
       </w:r>
       <w:r w:rsidR="00FC1F0A" w:rsidRPr="00D14B7A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">, 371-387. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:tooltip="Persistent link using digital object identifier" w:history="1">
+      <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:tooltip="Persistent link using digital object identifier" w:history="1">
         <w:r w:rsidR="00FC1F0A" w:rsidRPr="00D14B7A">
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.engstruct.2016.01.033</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="23312840" w14:textId="4BB73014" w:rsidR="00FC1F0A" w:rsidRPr="00D14B7A" w:rsidRDefault="00E95D32" w:rsidP="00CC3005">
       <w:pPr>
         <w:pStyle w:val="BODY0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D14B7A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
@@ -3237,51 +3125,51 @@
       </w:r>
       <w:r w:rsidR="00166118" w:rsidRPr="00D14B7A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> Palgrave Macmillan</w:t>
       </w:r>
       <w:r w:rsidR="00AC73FE" w:rsidRPr="00D14B7A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00166118" w:rsidRPr="00D14B7A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cham. </w:t>
       </w:r>
       <w:r w:rsidR="00AC73FE" w:rsidRPr="00D14B7A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Springer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="00BE7790" w:rsidRPr="00D14B7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://doi.org/10.1007/978-3-319-76810-6_3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="76F3A60F" w14:textId="4D2C8C9B" w:rsidR="00FC1F0A" w:rsidRPr="00D14B7A" w:rsidRDefault="00E95D32" w:rsidP="00CC3005">
       <w:pPr>
         <w:pStyle w:val="BODY0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D14B7A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -3478,51 +3366,51 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D14B7A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Utrition</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D14B7A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; exercise - timing is everything</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14B7A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">. NASM. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="001A3C23" w:rsidRPr="00D14B7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://blog.nasm.org/workout-and-nutrition-timing</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4BD92BAD" w14:textId="21FFC356" w:rsidR="001A3C23" w:rsidRPr="00DD1100" w:rsidRDefault="001A3C23" w:rsidP="00F10389">
       <w:pPr>
         <w:pStyle w:val="HEADING11"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD1100">
         <w:rPr>
           <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
         <w:t>Appendix</w:t>
       </w:r>
@@ -3615,87 +3503,87 @@
       <w:pPr>
         <w:pStyle w:val="BODY0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37B33E9E" w14:textId="77777777" w:rsidR="006173C9" w:rsidRDefault="006173C9" w:rsidP="00395642">
       <w:pPr>
         <w:pStyle w:val="BODY0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="272476D3" w14:textId="77777777" w:rsidR="006173C9" w:rsidRDefault="006173C9" w:rsidP="00395642">
       <w:pPr>
         <w:pStyle w:val="BODY0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4462F69E" w14:textId="77777777" w:rsidR="006173C9" w:rsidRDefault="006173C9" w:rsidP="00395642">
       <w:pPr>
         <w:pStyle w:val="BODY0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67D02E51" w14:textId="77777777" w:rsidR="006173C9" w:rsidRPr="00D14B7A" w:rsidRDefault="006173C9" w:rsidP="00395642">
       <w:pPr>
         <w:pStyle w:val="BODY0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006173C9" w:rsidRPr="00D14B7A" w:rsidSect="00731FEA">
-      <w:headerReference w:type="even" r:id="rId24"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId28"/>
+      <w:headerReference w:type="even" r:id="rId22"/>
+      <w:headerReference w:type="default" r:id="rId23"/>
+      <w:footerReference w:type="even" r:id="rId24"/>
+      <w:footerReference w:type="default" r:id="rId25"/>
+      <w:footerReference w:type="first" r:id="rId26"/>
       <w:footnotePr>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11909" w:h="16834" w:code="9"/>
       <w:pgMar w:top="1021" w:right="737" w:bottom="1021" w:left="737" w:header="850" w:footer="624" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="19471390" w14:textId="77777777" w:rsidR="008D1861" w:rsidRPr="00FE73CA" w:rsidRDefault="008D1861" w:rsidP="00FA44F9">
+    <w:p w14:paraId="714CDEBE" w14:textId="77777777" w:rsidR="00D65D3B" w:rsidRPr="00FE73CA" w:rsidRDefault="00D65D3B" w:rsidP="00FA44F9">
       <w:r w:rsidRPr="00FE73CA">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B993196" w14:textId="77777777" w:rsidR="008D1861" w:rsidRPr="00FE73CA" w:rsidRDefault="008D1861" w:rsidP="00FA44F9">
+    <w:p w14:paraId="750CCBE4" w14:textId="77777777" w:rsidR="00D65D3B" w:rsidRPr="00FE73CA" w:rsidRDefault="00D65D3B" w:rsidP="00FA44F9">
       <w:r w:rsidRPr="00FE73CA">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="71A8FE72" w14:textId="77777777" w:rsidR="008D1861" w:rsidRDefault="008D1861">
+    <w:p w14:paraId="47A2BC11" w14:textId="77777777" w:rsidR="00D65D3B" w:rsidRDefault="00D65D3B">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Zar">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -4312,68 +4200,68 @@
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> and conditions of the Creative </w:t>
     </w:r>
     <w:r w:rsidRPr="00E531BF">
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Commons Attribution (CC BY) license (http://creativecommons.org/licenses/by/4.0).</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0630772B" w14:textId="77777777" w:rsidR="008D1861" w:rsidRPr="00FE73CA" w:rsidRDefault="008D1861" w:rsidP="00FA44F9">
+    <w:p w14:paraId="5E391B69" w14:textId="77777777" w:rsidR="00D65D3B" w:rsidRPr="00FE73CA" w:rsidRDefault="00D65D3B" w:rsidP="00FA44F9">
       <w:pPr>
         <w:bidi w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE73CA">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36B32203" w14:textId="77777777" w:rsidR="008D1861" w:rsidRPr="00FE73CA" w:rsidRDefault="008D1861" w:rsidP="00FA44F9">
+    <w:p w14:paraId="7BBFC5FB" w14:textId="77777777" w:rsidR="00D65D3B" w:rsidRPr="00FE73CA" w:rsidRDefault="00D65D3B" w:rsidP="00FA44F9">
       <w:r w:rsidRPr="00FE73CA">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="77915B33" w14:textId="77777777" w:rsidR="008D1861" w:rsidRPr="00FE73CA" w:rsidRDefault="008D1861" w:rsidP="00FA44F9"/>
+    <w:p w14:paraId="3A8CE9BE" w14:textId="77777777" w:rsidR="00D65D3B" w:rsidRPr="00FE73CA" w:rsidRDefault="00D65D3B" w:rsidP="00FA44F9"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
       </w:rPr>
       <w:id w:val="-1200926988"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
@@ -4397,102 +4285,102 @@
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00E20A2C">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00E20A2C">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000440A4">
+        <w:r w:rsidR="00280F04">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidRPr="00E20A2C">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="00E20A2C">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00E20A2C">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00E20A2C">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="06468B28" w14:textId="21D092DC" w:rsidR="00FF649C" w:rsidRPr="00FF649C" w:rsidRDefault="008D1861" w:rsidP="00731FEA">
+  <w:p w14:paraId="06468B28" w14:textId="21D092DC" w:rsidR="00FF649C" w:rsidRPr="00FF649C" w:rsidRDefault="00D65D3B" w:rsidP="00731FEA">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
       </w:pBdr>
       <w:bidi w:val="0"/>
       <w:ind w:firstLine="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
         <w:lang w:bidi="fa-IR"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1120882926"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Margins)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -4581,51 +4469,51 @@
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00E20A2C">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00E20A2C">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000440A4">
+        <w:r w:rsidR="00280F04">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="00E20A2C">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:rtl/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="4CDC5DB0" w14:textId="25A51A0C" w:rsidR="000E04F6" w:rsidRPr="004A5A5D" w:rsidRDefault="00E20A2C" w:rsidP="001D720B">
     <w:pPr>
@@ -8411,50 +8299,51 @@
     <w:rsid w:val="00235E29"/>
     <w:rsid w:val="00235EF6"/>
     <w:rsid w:val="0023689B"/>
     <w:rsid w:val="00237501"/>
     <w:rsid w:val="002408B6"/>
     <w:rsid w:val="002421F8"/>
     <w:rsid w:val="00242737"/>
     <w:rsid w:val="002438D9"/>
     <w:rsid w:val="002439D5"/>
     <w:rsid w:val="00245D2E"/>
     <w:rsid w:val="00247F09"/>
     <w:rsid w:val="00251D34"/>
     <w:rsid w:val="00252363"/>
     <w:rsid w:val="00255D88"/>
     <w:rsid w:val="00261788"/>
     <w:rsid w:val="0026770D"/>
     <w:rsid w:val="00267BCF"/>
     <w:rsid w:val="00270627"/>
     <w:rsid w:val="00270A25"/>
     <w:rsid w:val="002718B3"/>
     <w:rsid w:val="00274E05"/>
     <w:rsid w:val="0027565A"/>
     <w:rsid w:val="00276084"/>
     <w:rsid w:val="00277820"/>
     <w:rsid w:val="0028089D"/>
+    <w:rsid w:val="00280F04"/>
     <w:rsid w:val="00282445"/>
     <w:rsid w:val="00284419"/>
     <w:rsid w:val="00285BD3"/>
     <w:rsid w:val="00286103"/>
     <w:rsid w:val="00286F12"/>
     <w:rsid w:val="002876D5"/>
     <w:rsid w:val="00292000"/>
     <w:rsid w:val="00292A9A"/>
     <w:rsid w:val="00294B70"/>
     <w:rsid w:val="002A44A3"/>
     <w:rsid w:val="002A4E11"/>
     <w:rsid w:val="002A5D52"/>
     <w:rsid w:val="002B0791"/>
     <w:rsid w:val="002B2846"/>
     <w:rsid w:val="002B4A70"/>
     <w:rsid w:val="002B5067"/>
     <w:rsid w:val="002B6E44"/>
     <w:rsid w:val="002B79B9"/>
     <w:rsid w:val="002C1ECD"/>
     <w:rsid w:val="002C243A"/>
     <w:rsid w:val="002C4FC4"/>
     <w:rsid w:val="002C5B06"/>
     <w:rsid w:val="002D24CD"/>
     <w:rsid w:val="002D2FCA"/>
     <w:rsid w:val="002D4952"/>
@@ -9386,50 +9275,51 @@
     <w:rsid w:val="00D32BA5"/>
     <w:rsid w:val="00D332A0"/>
     <w:rsid w:val="00D332D3"/>
     <w:rsid w:val="00D33EB4"/>
     <w:rsid w:val="00D3537B"/>
     <w:rsid w:val="00D3672E"/>
     <w:rsid w:val="00D377AC"/>
     <w:rsid w:val="00D37FC4"/>
     <w:rsid w:val="00D40EB3"/>
     <w:rsid w:val="00D446C6"/>
     <w:rsid w:val="00D47DC8"/>
     <w:rsid w:val="00D47FAF"/>
     <w:rsid w:val="00D51209"/>
     <w:rsid w:val="00D51798"/>
     <w:rsid w:val="00D530EF"/>
     <w:rsid w:val="00D535E5"/>
     <w:rsid w:val="00D53EE0"/>
     <w:rsid w:val="00D54BEB"/>
     <w:rsid w:val="00D5590E"/>
     <w:rsid w:val="00D5785D"/>
     <w:rsid w:val="00D600A2"/>
     <w:rsid w:val="00D61385"/>
     <w:rsid w:val="00D61A2D"/>
     <w:rsid w:val="00D657A1"/>
     <w:rsid w:val="00D65A5C"/>
+    <w:rsid w:val="00D65D3B"/>
     <w:rsid w:val="00D70598"/>
     <w:rsid w:val="00D71682"/>
     <w:rsid w:val="00D7201F"/>
     <w:rsid w:val="00D743A5"/>
     <w:rsid w:val="00D76C0E"/>
     <w:rsid w:val="00D800DD"/>
     <w:rsid w:val="00D8045A"/>
     <w:rsid w:val="00D82E6C"/>
     <w:rsid w:val="00D83D65"/>
     <w:rsid w:val="00D84B93"/>
     <w:rsid w:val="00D90A29"/>
     <w:rsid w:val="00D934E6"/>
     <w:rsid w:val="00D940A5"/>
     <w:rsid w:val="00D94138"/>
     <w:rsid w:val="00D979AD"/>
     <w:rsid w:val="00DA11C5"/>
     <w:rsid w:val="00DA11FA"/>
     <w:rsid w:val="00DA197A"/>
     <w:rsid w:val="00DA1D0F"/>
     <w:rsid w:val="00DA40D5"/>
     <w:rsid w:val="00DA4A15"/>
     <w:rsid w:val="00DA56D2"/>
     <w:rsid w:val="00DA5A12"/>
     <w:rsid w:val="00DA70C9"/>
     <w:rsid w:val="00DA7578"/>
@@ -22900,55 +22790,55 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2112122237">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/18RGWXRr_r2tx6CpUg9c6uV0-S1X9Iu4X/view?usp=sharing" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.engstruct.2016.01.033" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject2.bin"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.wmf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/10QZBS_E66Z4UTNdP5GhoR5dfsaGe2Jvw/view?usp=sharing" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ijci.zu.edu.eg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.nasm.org/workout-and-nutrition-timing" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1uurtjew-arbqOY2Gz9phWYqzR_ssl7F1/view?usp=sharing" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-76810-6_3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/10QZBS_E66Z4UTNdP5GhoR5dfsaGe2Jvw/view?usp=sharing" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.nasm.org/workout-and-nutrition-timing" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1uurtjew-arbqOY2Gz9phWYqzR_ssl7F1/view?usp=sharing" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/18RGWXRr_r2tx6CpUg9c6uV0-S1X9Iu4X/view?usp=sharing" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-76810-6_3" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject2.bin"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.engstruct.2016.01.033" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ijci.zu.edu.eg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -23310,87 +23200,87 @@
   <b:Source>
     <b:Tag>Int17</b:Tag>
     <b:SourceType>JournalArticle</b:SourceType>
     <b:Guid>{E4249E37-D469-46D7-ADEF-06FD7ACAD7D7}</b:Guid>
     <b:Author>
       <b:Author>
         <b:NameList>
           <b:Person>
             <b:Last>Pierre A. Daniel</b:Last>
             <b:First>Carole</b:First>
             <b:Middle>Daniel</b:Middle>
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:Title>Complexity, uncertainty and mental models: From a paradigm of regulation to a paradigm of emergence in project management</b:Title>
     <b:JournalName>International Journal of Project Management</b:JournalName>
     <b:Year>2017</b:Year>
     <b:Pages>184-197</b:Pages>
     <b:RefOrder>6</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B47C530E-1688-4B1F-A561-0EF9C4036682}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1933594-DD30-4305-8491-80E9712BE3DE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>1391</Words>
-  <Characters>7933</Characters>
+  <Characters>7931</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>66</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9306</CharactersWithSpaces>
+  <CharactersWithSpaces>9304</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ijci</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>7e71c5619c3c4600e8e31e7c348f8bb87d5a828ad041c5bd0c961c94f7cebee1</vt:lpwstr>